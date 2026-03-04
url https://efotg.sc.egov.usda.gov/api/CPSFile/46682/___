--- v0 (2025-12-14)
+++ v1 (2026-03-04)
@@ -49213,52 +49213,52 @@
     </row>
     <row r="18" spans="2:2" x14ac:dyDescent="0.45">
       <c r="B18" t="s">
         <v>114</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="1" objects="1" scenarios="1"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101003F763115A2D86647A2A7FDE4F3FA2D6B" ma:contentTypeVersion="13" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="b486cf5ab3015e61f127551e744916ac">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="47ca554a-6a59-441a-a84c-625ca94c37e8" xmlns:ns3="33c0f6fd-68da-4dca-96e1-bd72fb859533" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="b61147dfac1c7f0f491196c75f77aa5f" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101003F763115A2D86647A2A7FDE4F3FA2D6B" ma:contentTypeVersion="13" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="c7625d4e87a73aefe0320a9ec4ee7728">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="47ca554a-6a59-441a-a84c-625ca94c37e8" xmlns:ns3="33c0f6fd-68da-4dca-96e1-bd72fb859533" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="67d378592b55147b142d7da571f8ece8" ns2:_="" ns3:_="">
     <xsd:import namespace="47ca554a-6a59-441a-a84c-625ca94c37e8"/>
     <xsd:import namespace="33c0f6fd-68da-4dca-96e1-bd72fb859533"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:hyperlink" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
@@ -49451,59 +49451,59 @@
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <TaxCatchAll xmlns="33c0f6fd-68da-4dca-96e1-bd72fb859533" xsi:nil="true"/>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="47ca554a-6a59-441a-a84c-625ca94c37e8">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <hyperlink xmlns="47ca554a-6a59-441a-a84c-625ca94c37e8">
       <Url xsi:nil="true"/>
       <Description xsi:nil="true"/>
     </hyperlink>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F28B115A-8DB9-4C76-AB43-91EFB5E7FA7C}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{860CE786-C8B9-47D1-B93F-1100E0C4C955}"/>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4342C4B5-56D5-4AE8-8B87-DBF909C55205}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E4119A51-0076-416F-A2B7-4BE198755FB0}"/>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B2511E49-44C6-4DC6-BA51-B7D84A22790E}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CB7B325D-8B2F-4D56-9161-A068DC00F3BF}"/>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="8" baseType="lpstr">